--- v0 (2025-10-24)
+++ v1 (2025-12-24)
@@ -492,57 +492,57 @@
     <row r="1">
       <c r="A1" t="str">
         <v>Año</v>
       </c>
       <c r="B1" t="str">
         <v>Valor Mínimo</v>
       </c>
       <c r="C1" t="str">
         <v>Valor Máximo</v>
       </c>
       <c r="D1" t="str">
         <v>Valor Promedio</v>
       </c>
       <c r="E1" t="str">
         <v>Variación %</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>2025</v>
       </c>
       <c r="B2">
         <v>8.343113</v>
       </c>
       <c r="C2">
-        <v>8.56241</v>
+        <v>8.657153</v>
       </c>
       <c r="D2" t="str">
-        <v>8.468131</v>
+        <v>8.491406</v>
       </c>
       <c r="E2" t="str">
-        <v>2.6285</v>
+        <v>3.7641</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2024</v>
       </c>
       <c r="B3">
         <v>7.984185</v>
       </c>
       <c r="C3">
         <v>8.340909</v>
       </c>
       <c r="D3" t="str">
         <v>8.179611</v>
       </c>
       <c r="E3" t="str">
         <v>4.4679</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>2023</v>
       </c>
       <c r="B4">
         <v>7.648664</v>
@@ -754,51 +754,51 @@
         <v>NOTAS IMPORTANTES:</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>- Los valores están expresados en pesos mexicanos</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>- La UDI se actualiza conforme al INPC</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>- Datos oficiales del Banco de México</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v/>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
-        <v>Fecha de generación: 24/10/2025, 11:24:41 p.m.</v>
+        <v>Fecha de generación: 24/12/2025, 12:18:51 a.m.</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>Sistema: Calculadora UDI México</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:B15"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>