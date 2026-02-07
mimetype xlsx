--- v1 (2025-12-24)
+++ v2 (2026-02-07)
@@ -486,216 +486,216 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>Año</v>
       </c>
       <c r="B1" t="str">
         <v>Valor Mínimo</v>
       </c>
       <c r="C1" t="str">
         <v>Valor Máximo</v>
       </c>
       <c r="D1" t="str">
         <v>Valor Promedio</v>
       </c>
       <c r="E1" t="str">
         <v>Variación %</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="B2">
-        <v>8.343113</v>
+        <v>8.666288</v>
       </c>
       <c r="C2">
-        <v>8.657153</v>
+        <v>8.692547</v>
       </c>
       <c r="D2" t="str">
-        <v>8.491406</v>
+        <v>8.675833</v>
       </c>
       <c r="E2" t="str">
-        <v>3.7641</v>
+        <v>0.3030</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B3">
-        <v>7.984185</v>
+        <v>8.343113</v>
       </c>
       <c r="C3">
-        <v>8.340909</v>
+        <v>8.665387</v>
       </c>
       <c r="D3" t="str">
-        <v>8.179611</v>
+        <v>8.495149</v>
       </c>
       <c r="E3" t="str">
-        <v>4.4679</v>
+        <v>3.8628</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B4">
-        <v>7.648664</v>
+        <v>7.984185</v>
       </c>
       <c r="C4">
-        <v>7.981602</v>
+        <v>8.340909</v>
       </c>
       <c r="D4" t="str">
-        <v>7.808050</v>
+        <v>8.179611</v>
       </c>
       <c r="E4" t="str">
-        <v>4.3529</v>
+        <v>4.4679</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B5">
-        <v>7.108676</v>
+        <v>7.648664</v>
       </c>
       <c r="C5">
-        <v>7.646804</v>
+        <v>7.981602</v>
       </c>
       <c r="D5" t="str">
-        <v>7.380711</v>
+        <v>7.808050</v>
       </c>
       <c r="E5" t="str">
-        <v>7.5700</v>
+        <v>4.3529</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B6">
-        <v>6.606988</v>
+        <v>7.108676</v>
       </c>
       <c r="C6">
-        <v>7.108233</v>
+        <v>7.646804</v>
       </c>
       <c r="D6" t="str">
-        <v>6.842489</v>
+        <v>7.380711</v>
       </c>
       <c r="E6" t="str">
-        <v>7.5866</v>
+        <v>7.5700</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B7">
-        <v>6.400419</v>
+        <v>6.606988</v>
       </c>
       <c r="C7">
-        <v>6.605597</v>
+        <v>7.108233</v>
       </c>
       <c r="D7" t="str">
-        <v>6.496487</v>
+        <v>6.842489</v>
       </c>
       <c r="E7" t="str">
-        <v>3.2057</v>
+        <v>7.5866</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B8">
-        <v>6.228812</v>
+        <v>6.400419</v>
       </c>
       <c r="C8">
-        <v>6.399018</v>
+        <v>6.605597</v>
       </c>
       <c r="D8" t="str">
-        <v>6.284793</v>
+        <v>6.496487</v>
       </c>
       <c r="E8" t="str">
-        <v>2.7326</v>
+        <v>3.2057</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B9">
-        <v>5.936162</v>
+        <v>6.228812</v>
       </c>
       <c r="C9">
-        <v>6.226631</v>
+        <v>6.399018</v>
       </c>
       <c r="D9" t="str">
-        <v>6.054085</v>
+        <v>6.284793</v>
       </c>
       <c r="E9" t="str">
-        <v>4.8932</v>
+        <v>2.7326</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B10">
-        <v>5.564326</v>
+        <v>5.936162</v>
       </c>
       <c r="C10">
-        <v>5.934551</v>
+        <v>6.226631</v>
       </c>
       <c r="D10" t="str">
-        <v>5.762277</v>
+        <v>6.054085</v>
       </c>
       <c r="E10" t="str">
-        <v>6.6535</v>
+        <v>4.8932</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B11">
-        <v>5.38204</v>
+        <v>5.564326</v>
       </c>
       <c r="C11">
-        <v>5.562883</v>
+        <v>5.934551</v>
       </c>
       <c r="D11" t="str">
-        <v>5.449087</v>
+        <v>5.762277</v>
       </c>
       <c r="E11" t="str">
-        <v>3.3601</v>
+        <v>6.6535</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:E11"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" customWidth="1" width="20"/>
     <col min="2" max="2" customWidth="1" width="40"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>INFORMACIÓN SOBRE LA UDI</v>
       </c>
     </row>
@@ -754,51 +754,51 @@
         <v>NOTAS IMPORTANTES:</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>- Los valores están expresados en pesos mexicanos</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>- La UDI se actualiza conforme al INPC</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>- Datos oficiales del Banco de México</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v/>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
-        <v>Fecha de generación: 24/12/2025, 12:18:51 a.m.</v>
+        <v>Fecha de generación: 7/2/2026, 10:50:33 p.m.</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>Sistema: Calculadora UDI México</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:B15"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>